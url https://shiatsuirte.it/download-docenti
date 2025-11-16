--- v0 (2025-10-02)
+++ v1 (2025-11-16)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/_rels/sheet1.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Shuchkin\SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="106" uniqueCount="106">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="104" uniqueCount="104">
   <si>
     <t>Sede</t>
   </si>
   <si>
     <t>Docente</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>Telefono</t>
   </si>
   <si>
     <t>Ancona</t>
   </si>
   <si>
     <t>Rita Paiero</t>
   </si>
   <si>
     <t>ritapaiero@shiatsuirte.it</t>
   </si>
   <si>
     <t>Asti</t>
   </si>
   <si>
@@ -291,81 +291,75 @@
   <si>
     <t>Milano Settembrini</t>
   </si>
   <si>
     <t>Beatrice Gori</t>
   </si>
   <si>
     <t>beatricegori@shiatsuirte.it</t>
   </si>
   <si>
     <t>Roma</t>
   </si>
   <si>
     <t>Raffaella Korompay</t>
   </si>
   <si>
     <t>raffaellakorompay@shiatsuirte.it</t>
   </si>
   <si>
     <t>Cuneo</t>
   </si>
   <si>
     <t>Elena franchi</t>
   </si>
   <si>
+    <t>Dolo (Venezia)</t>
+  </si>
+  <si>
+    <t>Mirjam Mondin</t>
+  </si>
+  <si>
+    <t>miriammondin@shiatsuirte.it</t>
+  </si>
+  <si>
     <t>Eventi ed incontri Cecina (LI)</t>
   </si>
   <si>
     <t>Beatrice Cioni - Vania Bandettini</t>
   </si>
   <si>
     <t>beatricecioni@shiatsuirte.it - vaniabandettini@shiatsuirte.it</t>
   </si>
   <si>
     <t>3335626688 - 3357119414</t>
   </si>
   <si>
     <t>Miriam Mondin</t>
   </si>
   <si>
-    <t>miriammondin@shiatsuirte.it</t>
-[...7 lines deleted...]
-  <si>
     <t>Corso base amatoriale Roma</t>
-  </si>
-[...4 lines deleted...]
-    <t>Andrea MAscaro</t>
   </si>
   <si>
     <t>Corso introduttivo Parma</t>
   </si>
   <si>
     <t>Cecilia bonazzi</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;₽&quot;"/>
     <numFmt numFmtId="165" formatCode="[$$-1]#,##0.00"/>
     <numFmt numFmtId="166" formatCode="#,##0.00\ [$€-1]"/>
   </numFmts>
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
@@ -424,61 +418,60 @@
 <Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alessandragiulianoalbo@shiatsuirte.it" TargetMode="External"/>
 <Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lucianaflesia@shiatsuirte.it" TargetMode="External"/>
 <Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ariannacioverchia@shiatsuirte.it" TargetMode="External"/>
 <Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:luigilarosa@shiatsuirte.it" TargetMode="External"/>
 <Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gioiagajo@shiatsuirte.it" TargetMode="External"/>
 <Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:giannitoselli@shiatsuirte.it" TargetMode="External"/>
 <Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:massimobarattini@shiatsuirte.it" TargetMode="External"/>
 <Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ceciliabonazzi@shiatsuirte.it" TargetMode="External"/>
 <Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:andreamascaro@shiatsuirte.it" TargetMode="External"/>
 <Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:diegopedrazzoli@shiatsuirte.it" TargetMode="External"/>
 <Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:saverioalicino@shiatsuirte.it" TargetMode="External"/>
 <Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:anadegecavalheiro@shiatsuirte.it" TargetMode="External"/>
 <Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:donatellasenes@shiatsuirte.it" TargetMode="External"/>
 <Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mauriziobalzanelli@shiatsuirte.it" TargetMode="External"/>
 <Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lorettalavagnoli@shiatsuirte.it" TargetMode="External"/>
 <Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:angelafornieri@shiatsuirte.it" TargetMode="External"/>
 <Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lauramartini@shiatsuirte.it" TargetMode="External"/>
 <Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fabriziofalaschi@shiatsuirte.it" TargetMode="External"/>
 <Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stefanofornacciari@shiatsuirte.it" TargetMode="External"/>
 <Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:enzabalzano@shiatsuirte.it" TargetMode="External"/>
 <Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:federicobevione@shiatsuirte.it" TargetMode="External"/>
 <Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:beatricegori@shiatsuirte.it" TargetMode="External"/>
 <Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:raffaellakorompay@shiatsuirte.it" TargetMode="External"/>
 <Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:elenafranchi@shiatsuirte.it" TargetMode="External"/>
 <Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:miriammondin@shiatsuirte.it" TargetMode="External"/>
-<Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:raffaellakorompay@shiatsuirte.it" TargetMode="External"/>
-[...2 lines deleted...]
-<Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ceciliabonazzi@shiatsuirte.it" TargetMode="External"/></Relationships>
+<Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:miriammondin@shiatsuirte.it" TargetMode="External"/>
+<Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:beatricegori@shiatsuirte.it" TargetMode="External"/>
+<Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ceciliabonazzi@shiatsuirte.it" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:D37"/>
+  <dimension ref="A1:D36"/>
   <cols>
-    <col min="1" max="1" width="36" customWidth="1"/>
+    <col min="1" max="1" width="31" customWidth="1"/>
     <col min="2" max="2" width="34" customWidth="1"/>
     <col min="3" max="3" width="60" customWidth="1"/>
     <col min="4" max="4" width="24" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
@@ -881,163 +874,148 @@
       <c r="D30">
         <v>3336955778</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>91</v>
       </c>
       <c r="B31" t="s">
         <v>92</v>
       </c>
       <c r="C31" t="s" s="2">
         <v>18</v>
       </c>
       <c r="D31">
         <v>3384190389</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>93</v>
       </c>
       <c r="B32" t="s">
         <v>94</v>
       </c>
-      <c r="C32" t="s">
+      <c r="C32" t="s" s="2">
         <v>95</v>
       </c>
-      <c r="D32" t="s">
-        <v>96</v>
+      <c r="D32">
+        <v>3491675300</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>82</v>
+        <v>96</v>
       </c>
       <c r="B33" t="s">
         <v>97</v>
       </c>
-      <c r="C33" t="s" s="2">
+      <c r="C33" t="s">
         <v>98</v>
       </c>
-      <c r="D33">
-        <v>3491675300</v>
+      <c r="D33" t="s">
+        <v>99</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>99</v>
+        <v>82</v>
       </c>
       <c r="B34" t="s">
         <v>100</v>
       </c>
       <c r="C34" t="s" s="2">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="D34">
-        <v>3336955778</v>
+        <v>3491675300</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>101</v>
       </c>
       <c r="B35" t="s" s="2">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="C35" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="D35">
-        <v>3336955778</v>
+        <v>3355318564</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>102</v>
       </c>
       <c r="B36" t="s">
         <v>103</v>
       </c>
       <c r="C36" t="s" s="2">
-        <v>45</v>
-[...12 lines deleted...]
-      <c r="C37" t="s" s="2">
         <v>42</v>
       </c>
-      <c r="D37" s="3">
+      <c r="D36" s="3">
         <v>393335060072</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="C2" r:id="rId1" location="" display="mailto:ritapaiero@shiatsuirte.it"/>
     <hyperlink ref="C3" r:id="rId2" location="" display="mailto:davidecosa@shiatsuirte.it"/>
     <hyperlink ref="C4" r:id="rId3" location="" display="mailto:monicazucchini@shiatsuirte.it"/>
     <hyperlink ref="C5" r:id="rId4" location="" display="mailto:irenemaffezzoli@shiatsuirte.it"/>
     <hyperlink ref="C6" r:id="rId5" location="" display="mailto:elenafranchi@shiatsuirte.it"/>
     <hyperlink ref="C7" r:id="rId6" location="" display="mailto:alessandragiulianoalbo@shiatsuirte.it"/>
     <hyperlink ref="C8" r:id="rId7" location="" display="mailto:lucianaflesia@shiatsuirte.it"/>
     <hyperlink ref="C9" r:id="rId8" location="" display="mailto:ariannacioverchia@shiatsuirte.it"/>
     <hyperlink ref="C10" r:id="rId9" location="" display="mailto:luigilarosa@shiatsuirte.it"/>
     <hyperlink ref="C11" r:id="rId10" location="" display="mailto:gioiagajo@shiatsuirte.it"/>
     <hyperlink ref="C12" r:id="rId11" location="" display="mailto:giannitoselli@shiatsuirte.it"/>
     <hyperlink ref="C13" r:id="rId12" location="" display="mailto:massimobarattini@shiatsuirte.it"/>
     <hyperlink ref="C14" r:id="rId13" location="" display="mailto:ceciliabonazzi@shiatsuirte.it"/>
     <hyperlink ref="C15" r:id="rId14" location="" display="mailto:andreamascaro@shiatsuirte.it"/>
     <hyperlink ref="C16" r:id="rId15" location="" display="mailto:diegopedrazzoli@shiatsuirte.it"/>
     <hyperlink ref="C17" r:id="rId16" location="" display="mailto:saverioalicino@shiatsuirte.it"/>
     <hyperlink ref="C18" r:id="rId17" location="" display="mailto:anadegecavalheiro@shiatsuirte.it"/>
     <hyperlink ref="C19" r:id="rId18" location="" display="mailto:donatellasenes@shiatsuirte.it"/>
     <hyperlink ref="C20" r:id="rId19" location="" display="mailto:mauriziobalzanelli@shiatsuirte.it"/>
     <hyperlink ref="C21" r:id="rId20" location="" display="mailto:lorettalavagnoli@shiatsuirte.it"/>
     <hyperlink ref="C22" r:id="rId21" location="" display="mailto:angelafornieri@shiatsuirte.it"/>
     <hyperlink ref="C23" r:id="rId22" location="" display="mailto:lauramartini@shiatsuirte.it"/>
     <hyperlink ref="C24" r:id="rId23" location="" display="mailto:fabriziofalaschi@shiatsuirte.it"/>
     <hyperlink ref="C25" r:id="rId24" location="" display="mailto:stefanofornacciari@shiatsuirte.it"/>
     <hyperlink ref="C26" r:id="rId25" location="" display="mailto:enzabalzano@shiatsuirte.it"/>
     <hyperlink ref="C27" r:id="rId26" location="" display="mailto:federicobevione@shiatsuirte.it"/>
     <hyperlink ref="C29" r:id="rId27" location="" display="mailto:beatricegori@shiatsuirte.it"/>
     <hyperlink ref="C30" r:id="rId28" location="" display="mailto:raffaellakorompay@shiatsuirte.it"/>
     <hyperlink ref="C31" r:id="rId29" location="" display="mailto:elenafranchi@shiatsuirte.it"/>
-    <hyperlink ref="C33" r:id="rId30" location="" display="mailto:miriammondin@shiatsuirte.it"/>
-[...3 lines deleted...]
-    <hyperlink ref="C37" r:id="rId34" location="" display="mailto:ceciliabonazzi@shiatsuirte.it"/>
+    <hyperlink ref="C32" r:id="rId30" location="" display="mailto:miriammondin@shiatsuirte.it"/>
+    <hyperlink ref="C34" r:id="rId31" location="" display="mailto:miriammondin@shiatsuirte.it"/>
+    <hyperlink ref="B35" r:id="rId32" location="" display="mailto:beatricegori@shiatsuirte.it"/>
+    <hyperlink ref="C36" r:id="rId33" location="" display="mailto:ceciliabonazzi@shiatsuirte.it"/>
   </hyperlinks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>Shuchkin\SimpleXLSXGen</Application>
   <Company/>
   <Manager/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:lastModifiedBy/>
   <cp:keywords/>
   <dc:description/>
   <cp:category/>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>