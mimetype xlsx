--- v1 (2025-11-16)
+++ v2 (2025-12-31)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/_rels/sheet1.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Shuchkin\SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="104" uniqueCount="104">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="117" uniqueCount="117">
   <si>
     <t>Sede</t>
   </si>
   <si>
     <t>Docente</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>Telefono</t>
   </si>
   <si>
     <t>Ancona</t>
   </si>
   <si>
     <t>Rita Paiero</t>
   </si>
   <si>
     <t>ritapaiero@shiatsuirte.it</t>
   </si>
   <si>
     <t>Asti</t>
   </si>
   <si>
@@ -300,66 +300,105 @@
   <si>
     <t>Roma</t>
   </si>
   <si>
     <t>Raffaella Korompay</t>
   </si>
   <si>
     <t>raffaellakorompay@shiatsuirte.it</t>
   </si>
   <si>
     <t>Cuneo</t>
   </si>
   <si>
     <t>Elena franchi</t>
   </si>
   <si>
     <t>Dolo (Venezia)</t>
   </si>
   <si>
     <t>Mirjam Mondin</t>
   </si>
   <si>
     <t>miriammondin@shiatsuirte.it</t>
   </si>
   <si>
+    <t>Eventi ed incontri Bologna e provincia</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Monica Zucchini </t>
+  </si>
+  <si>
+    <t>monicazucchini@shiatsu.it</t>
+  </si>
+  <si>
+    <t>Eventi ed incontri Como e provincia</t>
+  </si>
+  <si>
+    <t>Luigi La Rosa</t>
+  </si>
+  <si>
+    <t xml:space="preserve">luigilarosa@shiatsuirte.it </t>
+  </si>
+  <si>
+    <t>Eventi ed incontri Firenze e provincia</t>
+  </si>
+  <si>
+    <t>Andrea Mascaro - Beatrice Gori - Laura Martini</t>
+  </si>
+  <si>
+    <t>andreamascaro@shiatsuirte.it - beatricegori@shiatsuirte.it - lauramartini@shiatsuirte.it</t>
+  </si>
+  <si>
+    <t>Eventi ed incontri Legnago (Verona) e provincia</t>
+  </si>
+  <si>
+    <t>Loretta Lavagnoli - Tiziano Quaglia</t>
+  </si>
+  <si>
+    <t>lorettalavagnoli@shiatsuirte.it - tizianoquaglia@shiatsuirte.it</t>
+  </si>
+  <si>
+    <t>3473142513 - 3477433910</t>
+  </si>
+  <si>
+    <t>Eventi ed incontri Milano Sempione e provincia</t>
+  </si>
+  <si>
+    <t>Gioia Gajo - Beatrice Gori</t>
+  </si>
+  <si>
+    <t>gioiagajo@shiatsuirte.it - beatricegori@shiatsuirte.it</t>
+  </si>
+  <si>
     <t>Eventi ed incontri Cecina (LI)</t>
   </si>
   <si>
     <t>Beatrice Cioni - Vania Bandettini</t>
   </si>
   <si>
     <t>beatricecioni@shiatsuirte.it - vaniabandettini@shiatsuirte.it</t>
-  </si>
-[...7 lines deleted...]
-    <t>Corso base amatoriale Roma</t>
   </si>
   <si>
     <t>Corso introduttivo Parma</t>
   </si>
   <si>
     <t>Cecilia bonazzi</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;₽&quot;"/>
     <numFmt numFmtId="165" formatCode="[$$-1]#,##0.00"/>
     <numFmt numFmtId="166" formatCode="#,##0.00\ [$€-1]"/>
   </numFmts>
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
@@ -418,61 +457,60 @@
 <Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alessandragiulianoalbo@shiatsuirte.it" TargetMode="External"/>
 <Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lucianaflesia@shiatsuirte.it" TargetMode="External"/>
 <Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ariannacioverchia@shiatsuirte.it" TargetMode="External"/>
 <Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:luigilarosa@shiatsuirte.it" TargetMode="External"/>
 <Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gioiagajo@shiatsuirte.it" TargetMode="External"/>
 <Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:giannitoselli@shiatsuirte.it" TargetMode="External"/>
 <Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:massimobarattini@shiatsuirte.it" TargetMode="External"/>
 <Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ceciliabonazzi@shiatsuirte.it" TargetMode="External"/>
 <Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:andreamascaro@shiatsuirte.it" TargetMode="External"/>
 <Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:diegopedrazzoli@shiatsuirte.it" TargetMode="External"/>
 <Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:saverioalicino@shiatsuirte.it" TargetMode="External"/>
 <Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:anadegecavalheiro@shiatsuirte.it" TargetMode="External"/>
 <Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:donatellasenes@shiatsuirte.it" TargetMode="External"/>
 <Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mauriziobalzanelli@shiatsuirte.it" TargetMode="External"/>
 <Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lorettalavagnoli@shiatsuirte.it" TargetMode="External"/>
 <Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:angelafornieri@shiatsuirte.it" TargetMode="External"/>
 <Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lauramartini@shiatsuirte.it" TargetMode="External"/>
 <Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fabriziofalaschi@shiatsuirte.it" TargetMode="External"/>
 <Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stefanofornacciari@shiatsuirte.it" TargetMode="External"/>
 <Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:enzabalzano@shiatsuirte.it" TargetMode="External"/>
 <Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:federicobevione@shiatsuirte.it" TargetMode="External"/>
 <Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:beatricegori@shiatsuirte.it" TargetMode="External"/>
 <Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:raffaellakorompay@shiatsuirte.it" TargetMode="External"/>
 <Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:elenafranchi@shiatsuirte.it" TargetMode="External"/>
 <Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:miriammondin@shiatsuirte.it" TargetMode="External"/>
-<Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:miriammondin@shiatsuirte.it" TargetMode="External"/>
-[...1 lines deleted...]
-<Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ceciliabonazzi@shiatsuirte.it" TargetMode="External"/></Relationships>
+<Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:monicazucchini@shiatsu.it" TargetMode="External"/>
+<Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ceciliabonazzi@shiatsuirte.it" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:D36"/>
+  <dimension ref="A1:D39"/>
   <cols>
-    <col min="1" max="1" width="31" customWidth="1"/>
-    <col min="2" max="2" width="34" customWidth="1"/>
+    <col min="1" max="1" width="48" customWidth="1"/>
+    <col min="2" max="2" width="47" customWidth="1"/>
     <col min="3" max="3" width="60" customWidth="1"/>
     <col min="4" max="4" width="24" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
@@ -888,134 +926,175 @@
       <c r="D31">
         <v>3384190389</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>93</v>
       </c>
       <c r="B32" t="s">
         <v>94</v>
       </c>
       <c r="C32" t="s" s="2">
         <v>95</v>
       </c>
       <c r="D32">
         <v>3491675300</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>96</v>
       </c>
       <c r="B33" t="s">
         <v>97</v>
       </c>
-      <c r="C33" t="s">
+      <c r="C33" t="s" s="2">
         <v>98</v>
       </c>
-      <c r="D33" t="s">
-        <v>99</v>
+      <c r="D33">
+        <v>3383649822</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>82</v>
+        <v>99</v>
       </c>
       <c r="B34" t="s">
         <v>100</v>
       </c>
-      <c r="C34" t="s" s="2">
-        <v>95</v>
+      <c r="C34" t="s">
+        <v>101</v>
       </c>
       <c r="D34">
-        <v>3491675300</v>
+        <v>3392591653</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-        <v>87</v>
+        <v>102</v>
+      </c>
+      <c r="B35" t="s">
+        <v>103</v>
       </c>
       <c r="C35" t="s">
-        <v>86</v>
+        <v>104</v>
       </c>
       <c r="D35">
-        <v>3355318564</v>
+        <v>3356076463</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="B36" t="s">
-        <v>103</v>
-[...1 lines deleted...]
-      <c r="C36" t="s" s="2">
+        <v>106</v>
+      </c>
+      <c r="C36" t="s">
+        <v>107</v>
+      </c>
+      <c r="D36" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>109</v>
+      </c>
+      <c r="B37" t="s">
+        <v>110</v>
+      </c>
+      <c r="C37" t="s">
+        <v>111</v>
+      </c>
+      <c r="D37">
+        <v>3331223199</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>112</v>
+      </c>
+      <c r="B38" t="s">
+        <v>113</v>
+      </c>
+      <c r="C38" t="s">
+        <v>114</v>
+      </c>
+      <c r="D38">
+        <v>3357119414</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>115</v>
+      </c>
+      <c r="B39" t="s">
+        <v>116</v>
+      </c>
+      <c r="C39" t="s" s="2">
         <v>42</v>
       </c>
-      <c r="D36" s="3">
-        <v>393335060072</v>
+      <c r="D39">
+        <v>3335060072</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="C2" r:id="rId1" location="" display="mailto:ritapaiero@shiatsuirte.it"/>
     <hyperlink ref="C3" r:id="rId2" location="" display="mailto:davidecosa@shiatsuirte.it"/>
     <hyperlink ref="C4" r:id="rId3" location="" display="mailto:monicazucchini@shiatsuirte.it"/>
     <hyperlink ref="C5" r:id="rId4" location="" display="mailto:irenemaffezzoli@shiatsuirte.it"/>
     <hyperlink ref="C6" r:id="rId5" location="" display="mailto:elenafranchi@shiatsuirte.it"/>
     <hyperlink ref="C7" r:id="rId6" location="" display="mailto:alessandragiulianoalbo@shiatsuirte.it"/>
     <hyperlink ref="C8" r:id="rId7" location="" display="mailto:lucianaflesia@shiatsuirte.it"/>
     <hyperlink ref="C9" r:id="rId8" location="" display="mailto:ariannacioverchia@shiatsuirte.it"/>
     <hyperlink ref="C10" r:id="rId9" location="" display="mailto:luigilarosa@shiatsuirte.it"/>
     <hyperlink ref="C11" r:id="rId10" location="" display="mailto:gioiagajo@shiatsuirte.it"/>
     <hyperlink ref="C12" r:id="rId11" location="" display="mailto:giannitoselli@shiatsuirte.it"/>
     <hyperlink ref="C13" r:id="rId12" location="" display="mailto:massimobarattini@shiatsuirte.it"/>
     <hyperlink ref="C14" r:id="rId13" location="" display="mailto:ceciliabonazzi@shiatsuirte.it"/>
     <hyperlink ref="C15" r:id="rId14" location="" display="mailto:andreamascaro@shiatsuirte.it"/>
     <hyperlink ref="C16" r:id="rId15" location="" display="mailto:diegopedrazzoli@shiatsuirte.it"/>
     <hyperlink ref="C17" r:id="rId16" location="" display="mailto:saverioalicino@shiatsuirte.it"/>
     <hyperlink ref="C18" r:id="rId17" location="" display="mailto:anadegecavalheiro@shiatsuirte.it"/>
     <hyperlink ref="C19" r:id="rId18" location="" display="mailto:donatellasenes@shiatsuirte.it"/>
     <hyperlink ref="C20" r:id="rId19" location="" display="mailto:mauriziobalzanelli@shiatsuirte.it"/>
     <hyperlink ref="C21" r:id="rId20" location="" display="mailto:lorettalavagnoli@shiatsuirte.it"/>
     <hyperlink ref="C22" r:id="rId21" location="" display="mailto:angelafornieri@shiatsuirte.it"/>
     <hyperlink ref="C23" r:id="rId22" location="" display="mailto:lauramartini@shiatsuirte.it"/>
     <hyperlink ref="C24" r:id="rId23" location="" display="mailto:fabriziofalaschi@shiatsuirte.it"/>
     <hyperlink ref="C25" r:id="rId24" location="" display="mailto:stefanofornacciari@shiatsuirte.it"/>
     <hyperlink ref="C26" r:id="rId25" location="" display="mailto:enzabalzano@shiatsuirte.it"/>
     <hyperlink ref="C27" r:id="rId26" location="" display="mailto:federicobevione@shiatsuirte.it"/>
     <hyperlink ref="C29" r:id="rId27" location="" display="mailto:beatricegori@shiatsuirte.it"/>
     <hyperlink ref="C30" r:id="rId28" location="" display="mailto:raffaellakorompay@shiatsuirte.it"/>
     <hyperlink ref="C31" r:id="rId29" location="" display="mailto:elenafranchi@shiatsuirte.it"/>
     <hyperlink ref="C32" r:id="rId30" location="" display="mailto:miriammondin@shiatsuirte.it"/>
-    <hyperlink ref="C34" r:id="rId31" location="" display="mailto:miriammondin@shiatsuirte.it"/>
-[...1 lines deleted...]
-    <hyperlink ref="C36" r:id="rId33" location="" display="mailto:ceciliabonazzi@shiatsuirte.it"/>
+    <hyperlink ref="C33" r:id="rId31" location="" display="mailto:monicazucchini@shiatsu.it"/>
+    <hyperlink ref="C39" r:id="rId32" location="" display="mailto:ceciliabonazzi@shiatsuirte.it"/>
   </hyperlinks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>Shuchkin\SimpleXLSXGen</Application>
   <Company/>
   <Manager/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:lastModifiedBy/>
   <cp:keywords/>
   <dc:description/>
   <cp:category/>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>